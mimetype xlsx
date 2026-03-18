--- v0 (2025-12-14)
+++ v1 (2026-03-18)
@@ -4,86 +4,86 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://swissunihockey.sharepoint.com/sites/tp-frauen-u17-nationalteam/Freigegebene Dokumente/General/1_Planung_Frauen U17 Nationalteam/2026/1_Jahreskalender/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://swissunihockey.sharepoint.com/sites/ow-nationalteams/Freigegebene Dokumente/General/05_Planung/01_Jahresplanungen/2_Planung Nationalteams/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="249" documentId="8_{ACD0D689-555E-48BC-B3B3-59DB748C0CE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0A36A73D-131E-4255-96CE-5115CA1A4B4E}"/>
+  <xr:revisionPtr revIDLastSave="266" documentId="8_{ACD0D689-555E-48BC-B3B3-59DB748C0CE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A3B16A2A-2241-4E7B-80B1-F18A94A7A312}"/>
   <bookViews>
-    <workbookView xWindow="63090" yWindow="-2250" windowWidth="17415" windowHeight="20985" tabRatio="574" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28695" yWindow="-5370" windowWidth="26010" windowHeight="20985" tabRatio="574" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Kalender 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Kalender 2026'!$A$1:$AV$37</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="35">
   <si>
     <t>Legende:</t>
   </si>
   <si>
     <t>Definitiv</t>
   </si>
   <si>
     <t>Provisorisch, Änderungen sind vorbehalten</t>
   </si>
   <si>
     <t>Januar</t>
   </si>
   <si>
     <t>Februar</t>
   </si>
   <si>
     <t>März</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
@@ -134,60 +134,60 @@
   <si>
     <t>Königstag</t>
   </si>
   <si>
     <t>Karfreitag</t>
   </si>
   <si>
     <t>Ostermontag</t>
   </si>
   <si>
     <t>Pfingstmontag</t>
   </si>
   <si>
     <t>Camp</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Jahresplanung Frauen U17-Nationalteam 2026</t>
   </si>
   <si>
-    <t>3T</t>
-[...1 lines deleted...]
-  <si>
     <t>Swiss Way Camp</t>
   </si>
   <si>
     <t>Future Stars</t>
   </si>
   <si>
-    <t>15</t>
+    <t>U17-Spieltag</t>
+  </si>
+  <si>
+    <t>3T Tenero</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -292,51 +292,51 @@
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF3F3F"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFF0000"/>
+        <fgColor rgb="FFFF1D1D"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -488,51 +488,51 @@
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="67">
+  <cellXfs count="63">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -587,68 +587,50 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="10" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -666,50 +648,56 @@
     <xf numFmtId="0" fontId="2" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -1214,51 +1202,51 @@
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kalenderpedia.de/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kalenderpedia.de/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AW37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="AX13" sqref="AX13"/>
+      <selection activeCell="AY14" sqref="AY14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.1796875" customWidth="1"/>
     <col min="2" max="2" width="3.81640625" customWidth="1"/>
     <col min="3" max="3" width="5.81640625" customWidth="1"/>
     <col min="4" max="4" width="2.81640625" customWidth="1"/>
     <col min="5" max="5" width="3.6328125" customWidth="1"/>
     <col min="6" max="6" width="3.81640625" customWidth="1"/>
     <col min="7" max="7" width="5.81640625" customWidth="1"/>
     <col min="8" max="8" width="2.81640625" customWidth="1"/>
     <col min="9" max="9" width="3.1796875" customWidth="1"/>
     <col min="10" max="10" width="3.81640625" customWidth="1"/>
     <col min="11" max="11" width="5.81640625" customWidth="1"/>
     <col min="12" max="12" width="2.81640625" customWidth="1"/>
     <col min="13" max="13" width="3.1796875" customWidth="1"/>
     <col min="14" max="14" width="3.81640625" customWidth="1"/>
     <col min="15" max="15" width="5.81640625" customWidth="1"/>
     <col min="16" max="16" width="2.81640625" customWidth="1"/>
     <col min="17" max="17" width="3.1796875" customWidth="1"/>
     <col min="18" max="18" width="3.81640625" customWidth="1"/>
     <col min="19" max="19" width="5.81640625" customWidth="1"/>
     <col min="20" max="20" width="3.54296875" customWidth="1"/>
     <col min="21" max="21" width="4.453125" bestFit="1" customWidth="1"/>
@@ -1524,143 +1512,143 @@
       <c r="Y5" s="18"/>
       <c r="Z5" s="18"/>
       <c r="AA5" s="18"/>
       <c r="AB5" s="18"/>
       <c r="AC5" s="18"/>
       <c r="AE5" s="18"/>
       <c r="AF5" s="18"/>
       <c r="AG5" s="18"/>
       <c r="AH5" s="18"/>
       <c r="AI5" s="18"/>
       <c r="AJ5" s="18"/>
       <c r="AK5" s="18"/>
       <c r="AL5" s="18"/>
       <c r="AM5" s="18"/>
       <c r="AN5" s="18"/>
       <c r="AO5" s="18"/>
       <c r="AP5" s="18"/>
       <c r="AQ5" s="18"/>
       <c r="AR5" s="18"/>
       <c r="AS5" s="18"/>
       <c r="AT5" s="19"/>
       <c r="AU5" s="18"/>
       <c r="AV5" s="18"/>
     </row>
     <row r="6" spans="1:49" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="42" t="s">
+      <c r="A6" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="43"/>
-[...2 lines deleted...]
-      <c r="E6" s="42" t="s">
+      <c r="B6" s="37"/>
+      <c r="C6" s="37"/>
+      <c r="D6" s="38"/>
+      <c r="E6" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="F6" s="43"/>
-[...2 lines deleted...]
-      <c r="I6" s="42" t="s">
+      <c r="F6" s="37"/>
+      <c r="G6" s="37"/>
+      <c r="H6" s="38"/>
+      <c r="I6" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="J6" s="43"/>
-[...2 lines deleted...]
-      <c r="M6" s="42" t="s">
+      <c r="J6" s="37"/>
+      <c r="K6" s="37"/>
+      <c r="L6" s="38"/>
+      <c r="M6" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="N6" s="43"/>
-[...2 lines deleted...]
-      <c r="Q6" s="42" t="s">
+      <c r="N6" s="37"/>
+      <c r="O6" s="37"/>
+      <c r="P6" s="38"/>
+      <c r="Q6" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="43"/>
-[...2 lines deleted...]
-      <c r="U6" s="42" t="s">
+      <c r="R6" s="37"/>
+      <c r="S6" s="37"/>
+      <c r="T6" s="38"/>
+      <c r="U6" s="36" t="s">
         <v>8</v>
       </c>
-      <c r="V6" s="43"/>
-[...2 lines deleted...]
-      <c r="Y6" s="42" t="s">
+      <c r="V6" s="37"/>
+      <c r="W6" s="37"/>
+      <c r="X6" s="38"/>
+      <c r="Y6" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="Z6" s="43"/>
-[...2 lines deleted...]
-      <c r="AC6" s="42" t="s">
+      <c r="Z6" s="37"/>
+      <c r="AA6" s="37"/>
+      <c r="AB6" s="38"/>
+      <c r="AC6" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="AD6" s="43"/>
-[...2 lines deleted...]
-      <c r="AG6" s="42" t="s">
+      <c r="AD6" s="37"/>
+      <c r="AE6" s="37"/>
+      <c r="AF6" s="38"/>
+      <c r="AG6" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="AH6" s="43"/>
-[...2 lines deleted...]
-      <c r="AK6" s="42" t="s">
+      <c r="AH6" s="37"/>
+      <c r="AI6" s="37"/>
+      <c r="AJ6" s="38"/>
+      <c r="AK6" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="AL6" s="43"/>
-[...2 lines deleted...]
-      <c r="AO6" s="42" t="s">
+      <c r="AL6" s="37"/>
+      <c r="AM6" s="37"/>
+      <c r="AN6" s="38"/>
+      <c r="AO6" s="36" t="s">
         <v>13</v>
       </c>
-      <c r="AP6" s="43"/>
-[...2 lines deleted...]
-      <c r="AS6" s="42" t="s">
+      <c r="AP6" s="37"/>
+      <c r="AQ6" s="37"/>
+      <c r="AR6" s="38"/>
+      <c r="AS6" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="AT6" s="43"/>
-[...1 lines deleted...]
-      <c r="AV6" s="44"/>
+      <c r="AT6" s="37"/>
+      <c r="AU6" s="37"/>
+      <c r="AV6" s="38"/>
       <c r="AW6" s="10"/>
     </row>
     <row r="7" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="33">
         <v>1</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="28"/>
-      <c r="E7" s="57">
+      <c r="E7" s="51">
         <v>1</v>
       </c>
-      <c r="F7" s="58" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="59" t="s">
+      <c r="F7" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="53" t="s">
         <v>27</v>
       </c>
-      <c r="H7" s="60"/>
+      <c r="H7" s="54"/>
       <c r="I7" s="35">
         <v>1</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="31"/>
       <c r="L7" s="32"/>
       <c r="M7" s="33">
         <v>1</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O7" s="15"/>
       <c r="P7" s="28" t="s">
         <v>22</v>
       </c>
       <c r="Q7" s="33">
         <v>1</v>
       </c>
       <c r="R7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="S7" s="15"/>
@@ -1829,80 +1817,80 @@
       </c>
       <c r="C9" s="29"/>
       <c r="D9" s="30"/>
       <c r="E9" s="33">
         <v>3</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="15"/>
       <c r="H9" s="28"/>
       <c r="I9" s="33">
         <v>3</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="15"/>
       <c r="L9" s="28"/>
       <c r="M9" s="33">
         <v>3</v>
       </c>
       <c r="N9" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="O9" s="49" t="s">
+      <c r="O9" s="43" t="s">
         <v>24</v>
       </c>
-      <c r="P9" s="50"/>
+      <c r="P9" s="44"/>
       <c r="Q9" s="35">
         <v>3</v>
       </c>
       <c r="R9" s="12" t="s">
         <v>19</v>
       </c>
       <c r="S9" s="31"/>
       <c r="T9" s="32"/>
       <c r="U9" s="33">
         <v>3</v>
       </c>
       <c r="V9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="W9" s="15"/>
       <c r="X9" s="28"/>
-      <c r="Y9" s="51">
+      <c r="Y9" s="45">
         <v>3</v>
       </c>
-      <c r="Z9" s="52" t="s">
-[...5 lines deleted...]
-      <c r="AB9" s="62"/>
+      <c r="Z9" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA9" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB9" s="56"/>
       <c r="AC9" s="33">
         <v>3</v>
       </c>
       <c r="AD9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AE9" s="15"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="33">
         <v>3</v>
       </c>
       <c r="AH9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AI9" s="15"/>
       <c r="AJ9" s="28"/>
       <c r="AK9" s="34">
         <v>3</v>
       </c>
       <c r="AL9" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AM9" s="29"/>
       <c r="AN9" s="30"/>
       <c r="AO9" s="33">
@@ -1915,366 +1903,366 @@
       <c r="AR9" s="28"/>
       <c r="AS9" s="33">
         <v>3</v>
       </c>
       <c r="AT9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AU9" s="15"/>
       <c r="AV9" s="28"/>
     </row>
     <row r="10" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="35">
         <v>4</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="31"/>
       <c r="D10" s="32"/>
       <c r="E10" s="33">
         <v>4</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="G10" s="49"/>
-      <c r="H10" s="50"/>
+      <c r="G10" s="43"/>
+      <c r="H10" s="44"/>
       <c r="I10" s="33">
         <v>4</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="K10" s="15"/>
       <c r="L10" s="28"/>
       <c r="M10" s="34">
         <v>4</v>
       </c>
       <c r="N10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="O10" s="29"/>
       <c r="P10" s="30"/>
       <c r="Q10" s="33">
         <v>4</v>
       </c>
       <c r="R10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="S10" s="15"/>
       <c r="T10" s="3"/>
       <c r="U10" s="33">
         <v>4</v>
       </c>
       <c r="V10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="W10" s="15"/>
       <c r="X10" s="28"/>
-      <c r="Y10" s="55">
+      <c r="Y10" s="49">
         <v>4</v>
       </c>
-      <c r="Z10" s="56" t="s">
-[...5 lines deleted...]
-      <c r="AB10" s="62"/>
+      <c r="Z10" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA10" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB10" s="56"/>
       <c r="AC10" s="33">
         <v>4</v>
       </c>
       <c r="AD10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AE10" s="15"/>
       <c r="AF10" s="28"/>
-      <c r="AG10" s="51">
+      <c r="AG10" s="45">
         <v>4</v>
       </c>
-      <c r="AH10" s="52" t="s">
-[...2 lines deleted...]
-      <c r="AI10" s="63" t="s">
+      <c r="AH10" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI10" s="59" t="s">
         <v>27</v>
       </c>
-      <c r="AJ10" s="64"/>
+      <c r="AJ10" s="60"/>
       <c r="AK10" s="35">
         <v>4</v>
       </c>
       <c r="AL10" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AM10" s="31"/>
       <c r="AN10" s="32"/>
       <c r="AO10" s="33">
         <v>4</v>
       </c>
       <c r="AP10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AQ10" s="15"/>
       <c r="AR10" s="28"/>
       <c r="AS10" s="33">
         <v>4</v>
       </c>
       <c r="AT10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AU10" s="15"/>
       <c r="AV10" s="28"/>
     </row>
     <row r="11" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="33">
         <v>5</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="15"/>
       <c r="D11" s="3"/>
-      <c r="E11" s="51">
+      <c r="E11" s="45">
         <v>5</v>
       </c>
-      <c r="F11" s="52" t="s">
-[...5 lines deleted...]
-      <c r="H11" s="62"/>
+      <c r="F11" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11" s="56"/>
       <c r="I11" s="33">
         <v>5</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="15"/>
       <c r="L11" s="28"/>
       <c r="M11" s="35">
         <v>5</v>
       </c>
       <c r="N11" s="12" t="s">
         <v>19</v>
       </c>
       <c r="O11" s="31"/>
       <c r="P11" s="32"/>
       <c r="Q11" s="33">
         <v>5</v>
       </c>
       <c r="R11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="S11" s="15"/>
       <c r="T11" s="28"/>
       <c r="U11" s="33">
         <v>5</v>
       </c>
       <c r="V11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="W11" s="15"/>
       <c r="X11" s="28"/>
-      <c r="Y11" s="57">
+      <c r="Y11" s="51">
         <v>5</v>
       </c>
-      <c r="Z11" s="58" t="s">
-[...5 lines deleted...]
-      <c r="AB11" s="62"/>
+      <c r="Z11" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="AA11" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB11" s="56"/>
       <c r="AC11" s="33">
         <v>5</v>
       </c>
       <c r="AD11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AE11" s="15"/>
       <c r="AF11" s="28"/>
-      <c r="AG11" s="55">
+      <c r="AG11" s="49">
         <v>5</v>
       </c>
-      <c r="AH11" s="56" t="s">
-[...2 lines deleted...]
-      <c r="AI11" s="63" t="s">
+      <c r="AH11" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI11" s="59" t="s">
         <v>27</v>
       </c>
-      <c r="AJ11" s="64"/>
+      <c r="AJ11" s="60"/>
       <c r="AK11" s="33">
         <v>5</v>
       </c>
       <c r="AL11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AM11" s="15"/>
       <c r="AN11" s="3"/>
       <c r="AO11" s="33">
         <v>5</v>
       </c>
       <c r="AP11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AQ11" s="15"/>
       <c r="AR11" s="28"/>
       <c r="AS11" s="34">
         <v>5</v>
       </c>
       <c r="AT11" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AU11" s="29"/>
       <c r="AV11" s="30"/>
     </row>
     <row r="12" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="33">
         <v>6</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C12" s="49" t="s">
+      <c r="C12" s="43" t="s">
         <v>23</v>
       </c>
-      <c r="D12" s="50"/>
-      <c r="E12" s="51">
+      <c r="D12" s="44"/>
+      <c r="E12" s="45">
         <v>6</v>
       </c>
-      <c r="F12" s="52" t="s">
-[...5 lines deleted...]
-      <c r="H12" s="62"/>
+      <c r="F12" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12" s="56"/>
       <c r="I12" s="33">
         <v>6</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="15"/>
       <c r="L12" s="28"/>
       <c r="M12" s="33">
         <v>6</v>
       </c>
       <c r="N12" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="O12" s="47" t="s">
+      <c r="O12" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="P12" s="48"/>
+      <c r="P12" s="42"/>
       <c r="Q12" s="33">
         <v>6</v>
       </c>
       <c r="R12" s="2" t="s">
         <v>15</v>
       </c>
       <c r="S12" s="15"/>
       <c r="T12" s="28"/>
       <c r="U12" s="34">
         <v>6</v>
       </c>
       <c r="V12" s="11" t="s">
         <v>16</v>
       </c>
       <c r="W12" s="29"/>
       <c r="X12" s="30"/>
       <c r="Y12" s="33">
         <v>6</v>
       </c>
       <c r="Z12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AA12" s="15"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="33">
         <v>6</v>
       </c>
       <c r="AD12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AE12" s="15"/>
       <c r="AF12" s="28"/>
-      <c r="AG12" s="57">
+      <c r="AG12" s="51">
         <v>6</v>
       </c>
-      <c r="AH12" s="58" t="s">
-[...2 lines deleted...]
-      <c r="AI12" s="63" t="s">
+      <c r="AH12" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI12" s="59" t="s">
         <v>27</v>
       </c>
-      <c r="AJ12" s="64"/>
+      <c r="AJ12" s="60"/>
       <c r="AK12" s="33">
         <v>6</v>
       </c>
       <c r="AL12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AM12" s="15"/>
       <c r="AN12" s="28"/>
       <c r="AO12" s="33">
         <v>6</v>
       </c>
       <c r="AP12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AQ12" s="15"/>
       <c r="AR12" s="28"/>
       <c r="AS12" s="35">
         <v>6</v>
       </c>
       <c r="AT12" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AU12" s="31"/>
       <c r="AV12" s="32"/>
     </row>
     <row r="13" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="33">
         <v>7</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="15"/>
       <c r="D13" s="28"/>
-      <c r="E13" s="55">
+      <c r="E13" s="49">
         <v>7</v>
       </c>
-      <c r="F13" s="56" t="s">
-[...5 lines deleted...]
-      <c r="H13" s="62"/>
+      <c r="F13" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13" s="56"/>
       <c r="I13" s="34">
         <v>7</v>
       </c>
       <c r="J13" s="11" t="s">
         <v>16</v>
       </c>
       <c r="K13" s="29"/>
       <c r="L13" s="30"/>
       <c r="M13" s="33">
         <v>7</v>
       </c>
       <c r="N13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="28"/>
       <c r="Q13" s="33">
         <v>7</v>
       </c>
       <c r="R13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="S13" s="15"/>
       <c r="T13" s="28"/>
       <c r="U13" s="35">
@@ -2321,60 +2309,60 @@
         <v>7</v>
       </c>
       <c r="AP13" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AQ13" s="29"/>
       <c r="AR13" s="30"/>
       <c r="AS13" s="33">
         <v>7</v>
       </c>
       <c r="AT13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AU13" s="15"/>
       <c r="AV13" s="3"/>
     </row>
     <row r="14" spans="1:49" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="33">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="28"/>
-      <c r="E14" s="57">
+      <c r="E14" s="51">
         <v>8</v>
       </c>
-      <c r="F14" s="58" t="s">
-[...5 lines deleted...]
-      <c r="H14" s="62"/>
+      <c r="F14" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="G14" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14" s="56"/>
       <c r="I14" s="35">
         <v>8</v>
       </c>
       <c r="J14" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="31"/>
       <c r="L14" s="32"/>
       <c r="M14" s="33">
         <v>8</v>
       </c>
       <c r="N14" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="28"/>
       <c r="Q14" s="33">
         <v>8</v>
       </c>
       <c r="R14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="S14" s="15"/>
       <c r="T14" s="28"/>
       <c r="U14" s="33">
@@ -2543,60 +2531,60 @@
       <c r="D16" s="30"/>
       <c r="E16" s="33">
         <v>10</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="15"/>
       <c r="H16" s="28"/>
       <c r="I16" s="33">
         <v>10</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="15"/>
       <c r="L16" s="28"/>
       <c r="M16" s="33">
         <v>10</v>
       </c>
       <c r="N16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="28"/>
-      <c r="Q16" s="38">
+      <c r="Q16" s="51">
         <v>10</v>
       </c>
-      <c r="R16" s="39" t="s">
-[...5 lines deleted...]
-      <c r="T16" s="41"/>
+      <c r="R16" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="S16" s="59" t="s">
+        <v>34</v>
+      </c>
+      <c r="T16" s="60"/>
       <c r="U16" s="33">
         <v>10</v>
       </c>
       <c r="V16" s="2" t="s">
         <v>15</v>
       </c>
       <c r="W16" s="15"/>
       <c r="X16" s="28"/>
       <c r="Y16" s="33">
         <v>10</v>
       </c>
       <c r="Z16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AA16" s="15"/>
       <c r="AB16" s="28"/>
       <c r="AC16" s="33">
         <v>10</v>
       </c>
       <c r="AD16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AE16" s="15"/>
       <c r="AF16" s="3"/>
       <c r="AG16" s="33">
@@ -2645,60 +2633,60 @@
         <v>11</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="15"/>
       <c r="H17" s="28"/>
       <c r="I17" s="33">
         <v>11</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>15</v>
       </c>
       <c r="K17" s="15"/>
       <c r="L17" s="28"/>
       <c r="M17" s="34">
         <v>11</v>
       </c>
       <c r="N17" s="11" t="s">
         <v>16</v>
       </c>
       <c r="O17" s="29"/>
       <c r="P17" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="Q17" s="36">
+      <c r="Q17" s="45">
         <v>11</v>
       </c>
-      <c r="R17" s="37" t="s">
-[...5 lines deleted...]
-      <c r="T17" s="41"/>
+      <c r="R17" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="S17" s="59" t="s">
+        <v>34</v>
+      </c>
+      <c r="T17" s="60"/>
       <c r="U17" s="33">
         <v>11</v>
       </c>
       <c r="V17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="W17" s="15"/>
       <c r="X17" s="28"/>
       <c r="Y17" s="34">
         <v>11</v>
       </c>
       <c r="Z17" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AA17" s="29"/>
       <c r="AB17" s="30"/>
       <c r="AC17" s="33">
         <v>11</v>
       </c>
       <c r="AD17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AE17" s="15"/>
       <c r="AF17" s="28"/>
       <c r="AG17" s="33">
@@ -2745,60 +2733,60 @@
       <c r="D18" s="3"/>
       <c r="E18" s="33">
         <v>12</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G18" s="15"/>
       <c r="H18" s="28"/>
       <c r="I18" s="33">
         <v>12</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="15"/>
       <c r="L18" s="28"/>
       <c r="M18" s="35">
         <v>12</v>
       </c>
       <c r="N18" s="12" t="s">
         <v>19</v>
       </c>
       <c r="O18" s="31"/>
       <c r="P18" s="32"/>
-      <c r="Q18" s="36">
+      <c r="Q18" s="45">
         <v>12</v>
       </c>
-      <c r="R18" s="37" t="s">
-[...5 lines deleted...]
-      <c r="T18" s="41"/>
+      <c r="R18" s="46" t="s">
+        <v>17</v>
+      </c>
+      <c r="S18" s="59" t="s">
+        <v>34</v>
+      </c>
+      <c r="T18" s="60"/>
       <c r="U18" s="33">
         <v>12</v>
       </c>
       <c r="V18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="W18" s="15"/>
       <c r="X18" s="28"/>
       <c r="Y18" s="35">
         <v>12</v>
       </c>
       <c r="Z18" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AA18" s="31"/>
       <c r="AB18" s="32"/>
       <c r="AC18" s="33">
         <v>12</v>
       </c>
       <c r="AD18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AE18" s="15"/>
       <c r="AF18" s="28"/>
       <c r="AG18" s="34">
@@ -2845,314 +2833,314 @@
       <c r="D19" s="28"/>
       <c r="E19" s="33">
         <v>13</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="G19" s="15"/>
       <c r="H19" s="28"/>
       <c r="I19" s="33">
         <v>13</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="15"/>
       <c r="L19" s="28"/>
       <c r="M19" s="33">
         <v>13</v>
       </c>
       <c r="N19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="3"/>
-      <c r="Q19" s="36">
+      <c r="Q19" s="45">
         <v>13</v>
       </c>
-      <c r="R19" s="37" t="s">
-[...5 lines deleted...]
-      <c r="T19" s="41"/>
+      <c r="R19" s="46" t="s">
+        <v>15</v>
+      </c>
+      <c r="S19" s="59" t="s">
+        <v>34</v>
+      </c>
+      <c r="T19" s="60"/>
       <c r="U19" s="34">
         <v>13</v>
       </c>
       <c r="V19" s="11" t="s">
         <v>16</v>
       </c>
       <c r="W19" s="29"/>
       <c r="X19" s="30"/>
       <c r="Y19" s="33">
         <v>13</v>
       </c>
       <c r="Z19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AA19" s="15"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="33">
         <v>13</v>
       </c>
       <c r="AD19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AE19" s="15"/>
       <c r="AF19" s="28"/>
       <c r="AG19" s="35">
         <v>13</v>
       </c>
       <c r="AH19" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AI19" s="31"/>
       <c r="AJ19" s="32"/>
       <c r="AK19" s="33">
         <v>13</v>
       </c>
       <c r="AL19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AM19" s="15"/>
       <c r="AN19" s="28"/>
-      <c r="AO19" s="51">
+      <c r="AO19" s="45">
         <v>13</v>
       </c>
-      <c r="AP19" s="52" t="s">
-[...2 lines deleted...]
-      <c r="AQ19" s="63" t="s">
+      <c r="AP19" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="AQ19" s="59" t="s">
         <v>27</v>
       </c>
-      <c r="AR19" s="64"/>
+      <c r="AR19" s="60"/>
       <c r="AS19" s="35">
         <v>13</v>
       </c>
       <c r="AT19" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AU19" s="31"/>
       <c r="AV19" s="32"/>
     </row>
     <row r="20" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="33">
         <v>14</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="15"/>
       <c r="D20" s="28"/>
       <c r="E20" s="34">
         <v>14</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="29"/>
       <c r="H20" s="30"/>
       <c r="I20" s="34">
         <v>14</v>
       </c>
       <c r="J20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="29"/>
       <c r="L20" s="30"/>
       <c r="M20" s="33">
         <v>14</v>
       </c>
       <c r="N20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="28"/>
-      <c r="Q20" s="36">
+      <c r="Q20" s="45">
         <v>14</v>
       </c>
-      <c r="R20" s="37" t="s">
-[...5 lines deleted...]
-      <c r="T20" s="41"/>
+      <c r="R20" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="S20" s="59" t="s">
+        <v>34</v>
+      </c>
+      <c r="T20" s="60"/>
       <c r="U20" s="35">
         <v>14</v>
       </c>
       <c r="V20" s="12" t="s">
         <v>19</v>
       </c>
       <c r="W20" s="31"/>
       <c r="X20" s="32"/>
       <c r="Y20" s="33">
         <v>14</v>
       </c>
       <c r="Z20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AA20" s="15"/>
       <c r="AB20" s="28"/>
       <c r="AC20" s="33">
         <v>14</v>
       </c>
       <c r="AD20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AE20" s="15"/>
       <c r="AF20" s="28"/>
       <c r="AG20" s="33">
         <v>14</v>
       </c>
       <c r="AH20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AI20" s="15"/>
       <c r="AJ20" s="3"/>
       <c r="AK20" s="33">
         <v>14</v>
       </c>
       <c r="AL20" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AM20" s="15"/>
       <c r="AN20" s="28"/>
-      <c r="AO20" s="55">
+      <c r="AO20" s="49">
         <v>14</v>
       </c>
-      <c r="AP20" s="56" t="s">
-[...2 lines deleted...]
-      <c r="AQ20" s="63" t="s">
+      <c r="AP20" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="AQ20" s="59" t="s">
         <v>27</v>
       </c>
-      <c r="AR20" s="64"/>
+      <c r="AR20" s="60"/>
       <c r="AS20" s="33">
         <v>14</v>
       </c>
       <c r="AT20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AU20" s="15"/>
       <c r="AV20" s="3"/>
     </row>
     <row r="21" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="33">
         <v>15</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C21" s="15"/>
       <c r="D21" s="28"/>
       <c r="E21" s="35">
         <v>15</v>
       </c>
       <c r="F21" s="12" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="31"/>
       <c r="H21" s="32"/>
       <c r="I21" s="35">
         <v>15</v>
       </c>
       <c r="J21" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="31"/>
       <c r="L21" s="32"/>
       <c r="M21" s="33">
         <v>15</v>
       </c>
       <c r="N21" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="28"/>
-      <c r="Q21" s="36">
-[...8 lines deleted...]
-      <c r="T21" s="41"/>
+      <c r="Q21" s="45">
+        <v>15</v>
+      </c>
+      <c r="R21" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="S21" s="59" t="s">
+        <v>34</v>
+      </c>
+      <c r="T21" s="60"/>
       <c r="U21" s="33">
         <v>15</v>
       </c>
       <c r="V21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="W21" s="15"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="33">
         <v>15</v>
       </c>
       <c r="Z21" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AA21" s="15"/>
       <c r="AB21" s="28"/>
       <c r="AC21" s="34">
         <v>15</v>
       </c>
       <c r="AD21" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AE21" s="29"/>
       <c r="AF21" s="30"/>
       <c r="AG21" s="33">
         <v>15</v>
       </c>
       <c r="AH21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AI21" s="15"/>
       <c r="AJ21" s="28"/>
       <c r="AK21" s="33">
         <v>15</v>
       </c>
       <c r="AL21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AM21" s="15"/>
       <c r="AN21" s="28"/>
-      <c r="AO21" s="57" t="s">
-[...5 lines deleted...]
-      <c r="AQ21" s="65" t="s">
+      <c r="AO21" s="51">
+        <v>15</v>
+      </c>
+      <c r="AP21" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="AQ21" s="61" t="s">
         <v>27</v>
       </c>
-      <c r="AR21" s="66"/>
+      <c r="AR21" s="62"/>
       <c r="AS21" s="33">
         <v>15</v>
       </c>
       <c r="AT21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AU21" s="15"/>
       <c r="AV21" s="28"/>
     </row>
     <row r="22" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="33">
         <v>16</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="28"/>
       <c r="E22" s="33">
         <v>16</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="15"/>
@@ -3191,60 +3179,60 @@
       <c r="X22" s="28"/>
       <c r="Y22" s="33">
         <v>16</v>
       </c>
       <c r="Z22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AA22" s="15"/>
       <c r="AB22" s="28"/>
       <c r="AC22" s="35">
         <v>16</v>
       </c>
       <c r="AD22" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AE22" s="31"/>
       <c r="AF22" s="32"/>
       <c r="AG22" s="33">
         <v>16</v>
       </c>
       <c r="AH22" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AI22" s="15"/>
       <c r="AJ22" s="28"/>
-      <c r="AK22" s="51">
-[...5 lines deleted...]
-      <c r="AM22" s="63" t="s">
+      <c r="AK22" s="45">
+        <v>16</v>
+      </c>
+      <c r="AL22" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="AM22" s="59" t="s">
         <v>28</v>
       </c>
-      <c r="AN22" s="64"/>
+      <c r="AN22" s="60"/>
       <c r="AO22" s="33">
         <v>16</v>
       </c>
       <c r="AP22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AQ22" s="15"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="33">
         <v>16</v>
       </c>
       <c r="AT22" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AU22" s="15"/>
       <c r="AV22" s="28"/>
     </row>
     <row r="23" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="34">
         <v>17</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C23" s="29"/>
@@ -3291,60 +3279,60 @@
       <c r="X23" s="28"/>
       <c r="Y23" s="33">
         <v>17</v>
       </c>
       <c r="Z23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AA23" s="15"/>
       <c r="AB23" s="28"/>
       <c r="AC23" s="33">
         <v>17</v>
       </c>
       <c r="AD23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AE23" s="15"/>
       <c r="AF23" s="3"/>
       <c r="AG23" s="33">
         <v>17</v>
       </c>
       <c r="AH23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AI23" s="15"/>
       <c r="AJ23" s="28"/>
-      <c r="AK23" s="55">
-[...5 lines deleted...]
-      <c r="AM23" s="63" t="s">
+      <c r="AK23" s="49">
+        <v>17</v>
+      </c>
+      <c r="AL23" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="AM23" s="59" t="s">
         <v>28</v>
       </c>
-      <c r="AN23" s="64"/>
+      <c r="AN23" s="60"/>
       <c r="AO23" s="33">
         <v>17</v>
       </c>
       <c r="AP23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AQ23" s="15"/>
       <c r="AR23" s="28"/>
       <c r="AS23" s="33">
         <v>17</v>
       </c>
       <c r="AT23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AU23" s="15"/>
       <c r="AV23" s="28"/>
     </row>
     <row r="24" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="35">
         <v>18</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="31"/>
@@ -3579,60 +3567,58 @@
       <c r="T26" s="28"/>
       <c r="U26" s="34">
         <v>20</v>
       </c>
       <c r="V26" s="11" t="s">
         <v>16</v>
       </c>
       <c r="W26" s="29"/>
       <c r="X26" s="30"/>
       <c r="Y26" s="33">
         <v>20</v>
       </c>
       <c r="Z26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AA26" s="15"/>
       <c r="AB26" s="3"/>
       <c r="AC26" s="33">
         <v>20</v>
       </c>
       <c r="AD26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AE26" s="15"/>
       <c r="AF26" s="28"/>
-      <c r="AG26" s="38">
-[...8 lines deleted...]
-      <c r="AJ26" s="41"/>
+      <c r="AG26" s="35">
+        <v>20</v>
+      </c>
+      <c r="AH26" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI26" s="31"/>
+      <c r="AJ26" s="32"/>
       <c r="AK26" s="33">
         <v>20</v>
       </c>
       <c r="AL26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AM26" s="15"/>
       <c r="AN26" s="28"/>
       <c r="AO26" s="33">
         <v>20</v>
       </c>
       <c r="AP26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AQ26" s="15"/>
       <c r="AR26" s="28"/>
       <c r="AS26" s="35">
         <v>20</v>
       </c>
       <c r="AT26" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AU26" s="31"/>
       <c r="AV26" s="32"/>
     </row>
@@ -3679,60 +3665,58 @@
       <c r="T27" s="28"/>
       <c r="U27" s="35">
         <v>21</v>
       </c>
       <c r="V27" s="12" t="s">
         <v>19</v>
       </c>
       <c r="W27" s="31"/>
       <c r="X27" s="32"/>
       <c r="Y27" s="33">
         <v>21</v>
       </c>
       <c r="Z27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AA27" s="15"/>
       <c r="AB27" s="28"/>
       <c r="AC27" s="33">
         <v>21</v>
       </c>
       <c r="AD27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AE27" s="15"/>
       <c r="AF27" s="28"/>
-      <c r="AG27" s="36">
-[...8 lines deleted...]
-      <c r="AJ27" s="41"/>
+      <c r="AG27" s="33">
+        <v>21</v>
+      </c>
+      <c r="AH27" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI27" s="15"/>
+      <c r="AJ27" s="3"/>
       <c r="AK27" s="33">
         <v>21</v>
       </c>
       <c r="AL27" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AM27" s="15"/>
       <c r="AN27" s="28"/>
       <c r="AO27" s="34">
         <v>21</v>
       </c>
       <c r="AP27" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AQ27" s="29"/>
       <c r="AR27" s="30"/>
       <c r="AS27" s="33">
         <v>21</v>
       </c>
       <c r="AT27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AU27" s="15"/>
       <c r="AV27" s="3"/>
     </row>
@@ -3779,60 +3763,58 @@
       <c r="T28" s="28"/>
       <c r="U28" s="33">
         <v>22</v>
       </c>
       <c r="V28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="W28" s="15"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="33">
         <v>22</v>
       </c>
       <c r="Z28" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AA28" s="15"/>
       <c r="AB28" s="28"/>
       <c r="AC28" s="34">
         <v>22</v>
       </c>
       <c r="AD28" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AE28" s="29"/>
       <c r="AF28" s="30"/>
-      <c r="AG28" s="36">
+      <c r="AG28" s="33">
         <v>22</v>
       </c>
-      <c r="AH28" s="37" t="s">
-[...5 lines deleted...]
-      <c r="AJ28" s="41"/>
+      <c r="AH28" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="AI28" s="15"/>
+      <c r="AJ28" s="28"/>
       <c r="AK28" s="33">
         <v>22</v>
       </c>
       <c r="AL28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AM28" s="15"/>
       <c r="AN28" s="28"/>
       <c r="AO28" s="35">
         <v>22</v>
       </c>
       <c r="AP28" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AQ28" s="31"/>
       <c r="AR28" s="32"/>
       <c r="AS28" s="33">
         <v>22</v>
       </c>
       <c r="AT28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AU28" s="15"/>
       <c r="AV28" s="28"/>
     </row>
@@ -3879,60 +3861,58 @@
       <c r="T29" s="30"/>
       <c r="U29" s="33">
         <v>23</v>
       </c>
       <c r="V29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="W29" s="15"/>
       <c r="X29" s="28"/>
       <c r="Y29" s="33">
         <v>23</v>
       </c>
       <c r="Z29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AA29" s="15"/>
       <c r="AB29" s="28"/>
       <c r="AC29" s="35">
         <v>23</v>
       </c>
       <c r="AD29" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AE29" s="31"/>
       <c r="AF29" s="32"/>
-      <c r="AG29" s="36">
+      <c r="AG29" s="33">
         <v>23</v>
       </c>
-      <c r="AH29" s="37" t="s">
-[...5 lines deleted...]
-      <c r="AJ29" s="41"/>
+      <c r="AH29" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="AI29" s="15"/>
+      <c r="AJ29" s="28"/>
       <c r="AK29" s="33">
         <v>23</v>
       </c>
       <c r="AL29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AM29" s="15"/>
       <c r="AN29" s="28"/>
       <c r="AO29" s="33">
         <v>23</v>
       </c>
       <c r="AP29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AQ29" s="15"/>
       <c r="AR29" s="3"/>
       <c r="AS29" s="33">
         <v>23</v>
       </c>
       <c r="AT29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AU29" s="15"/>
       <c r="AV29" s="28"/>
     </row>
@@ -3979,60 +3959,58 @@
       <c r="T30" s="32"/>
       <c r="U30" s="33">
         <v>24</v>
       </c>
       <c r="V30" s="2" t="s">
         <v>15</v>
       </c>
       <c r="W30" s="15"/>
       <c r="X30" s="28"/>
       <c r="Y30" s="33">
         <v>24</v>
       </c>
       <c r="Z30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AA30" s="15"/>
       <c r="AB30" s="28"/>
       <c r="AC30" s="33">
         <v>24</v>
       </c>
       <c r="AD30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AE30" s="15"/>
       <c r="AF30" s="3"/>
-      <c r="AG30" s="36">
+      <c r="AG30" s="33">
         <v>24</v>
       </c>
-      <c r="AH30" s="37" t="s">
-[...5 lines deleted...]
-      <c r="AJ30" s="41"/>
+      <c r="AH30" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI30" s="15"/>
+      <c r="AJ30" s="28"/>
       <c r="AK30" s="34">
         <v>24</v>
       </c>
       <c r="AL30" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AM30" s="29"/>
       <c r="AN30" s="30"/>
       <c r="AO30" s="33">
         <v>24</v>
       </c>
       <c r="AP30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AQ30" s="15"/>
       <c r="AR30" s="28"/>
       <c r="AS30" s="33">
         <v>24</v>
       </c>
       <c r="AT30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AU30" s="15"/>
       <c r="AV30" s="28"/>
     </row>
@@ -4053,146 +4031,146 @@
       </c>
       <c r="G31" s="15"/>
       <c r="H31" s="28"/>
       <c r="I31" s="33">
         <v>25</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="15"/>
       <c r="L31" s="28"/>
       <c r="M31" s="34">
         <v>25</v>
       </c>
       <c r="N31" s="11" t="s">
         <v>16</v>
       </c>
       <c r="O31" s="29"/>
       <c r="P31" s="30"/>
       <c r="Q31" s="33">
         <v>25</v>
       </c>
       <c r="R31" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="S31" s="47" t="s">
+      <c r="S31" s="41" t="s">
         <v>26</v>
       </c>
-      <c r="T31" s="48"/>
+      <c r="T31" s="42"/>
       <c r="U31" s="33">
         <v>25</v>
       </c>
       <c r="V31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="W31" s="15"/>
       <c r="X31" s="28"/>
       <c r="Y31" s="34">
         <v>25</v>
       </c>
       <c r="Z31" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AA31" s="29"/>
       <c r="AB31" s="30"/>
       <c r="AC31" s="33">
         <v>25</v>
       </c>
       <c r="AD31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AE31" s="15"/>
       <c r="AF31" s="28"/>
-      <c r="AG31" s="36">
+      <c r="AG31" s="33">
         <v>25</v>
       </c>
-      <c r="AH31" s="37" t="s">
-[...5 lines deleted...]
-      <c r="AJ31" s="41"/>
+      <c r="AH31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI31" s="15"/>
+      <c r="AJ31" s="28"/>
       <c r="AK31" s="35">
         <v>25</v>
       </c>
       <c r="AL31" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AM31" s="31"/>
       <c r="AN31" s="32"/>
       <c r="AO31" s="33">
         <v>25</v>
       </c>
       <c r="AP31" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AQ31" s="15"/>
       <c r="AR31" s="28"/>
       <c r="AS31" s="33">
         <v>25</v>
       </c>
       <c r="AT31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AU31" s="15"/>
       <c r="AV31" s="28"/>
     </row>
     <row r="32" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="33">
         <v>26</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="3"/>
       <c r="E32" s="33">
         <v>26</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G32" s="15"/>
       <c r="H32" s="28"/>
       <c r="I32" s="33">
         <v>26</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="15"/>
       <c r="L32" s="28"/>
-      <c r="M32" s="35">
+      <c r="M32" s="51">
         <v>26</v>
       </c>
-      <c r="N32" s="12" t="s">
-[...3 lines deleted...]
-      <c r="P32" s="32"/>
+      <c r="N32" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="O32" s="57" t="s">
+        <v>33</v>
+      </c>
+      <c r="P32" s="58"/>
       <c r="Q32" s="33">
         <v>26</v>
       </c>
       <c r="R32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="S32" s="15"/>
       <c r="T32" s="28"/>
       <c r="U32" s="33">
         <v>26</v>
       </c>
       <c r="V32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="W32" s="15"/>
       <c r="X32" s="28"/>
       <c r="Y32" s="35">
         <v>26</v>
       </c>
       <c r="Z32" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AA32" s="31"/>
       <c r="AB32" s="32"/>
       <c r="AC32" s="33">
@@ -4421,52 +4399,52 @@
       <c r="AP34" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AQ34" s="29"/>
       <c r="AR34" s="30"/>
       <c r="AS34" s="33">
         <v>28</v>
       </c>
       <c r="AT34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AU34" s="15"/>
       <c r="AV34" s="3"/>
     </row>
     <row r="35" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="33">
         <v>29</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="15"/>
       <c r="D35" s="28"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
-      <c r="G35" s="45"/>
-      <c r="H35" s="46"/>
+      <c r="G35" s="39"/>
+      <c r="H35" s="40"/>
       <c r="I35" s="35">
         <v>29</v>
       </c>
       <c r="J35" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="31"/>
       <c r="L35" s="32" t="s">
         <v>22</v>
       </c>
       <c r="M35" s="33">
         <v>29</v>
       </c>
       <c r="N35" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="28"/>
       <c r="Q35" s="33">
         <v>29</v>
       </c>
       <c r="R35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="S35" s="15"/>
@@ -4509,64 +4487,64 @@
         <v>29</v>
       </c>
       <c r="AL35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AM35" s="15"/>
       <c r="AN35" s="28"/>
       <c r="AO35" s="35">
         <v>29</v>
       </c>
       <c r="AP35" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AQ35" s="31"/>
       <c r="AR35" s="32"/>
       <c r="AS35" s="33">
         <v>29</v>
       </c>
       <c r="AT35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="AU35" s="15"/>
       <c r="AV35" s="28"/>
     </row>
     <row r="36" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="51">
+      <c r="A36" s="45">
         <v>30</v>
       </c>
-      <c r="B36" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="53" t="s">
+      <c r="B36" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="C36" s="47" t="s">
         <v>27</v>
       </c>
-      <c r="D36" s="54"/>
+      <c r="D36" s="48"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
-      <c r="G36" s="45"/>
-      <c r="H36" s="46"/>
+      <c r="G36" s="39"/>
+      <c r="H36" s="40"/>
       <c r="I36" s="33">
         <v>30</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="15"/>
       <c r="L36" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M36" s="33">
         <v>30</v>
       </c>
       <c r="N36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="28"/>
       <c r="Q36" s="34">
         <v>30</v>
       </c>
       <c r="R36" s="11" t="s">
         <v>16</v>
       </c>
       <c r="S36" s="29"/>
@@ -4611,355 +4589,399 @@
       <c r="AL36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AM36" s="15"/>
       <c r="AN36" s="28"/>
       <c r="AO36" s="33">
         <v>30</v>
       </c>
       <c r="AP36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AQ36" s="15"/>
       <c r="AR36" s="3" t="s">
         <v>22</v>
       </c>
       <c r="AS36" s="33">
         <v>30</v>
       </c>
       <c r="AT36" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AU36" s="15"/>
       <c r="AV36" s="28"/>
     </row>
     <row r="37" spans="1:48" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="55">
+      <c r="A37" s="49">
         <v>31</v>
       </c>
-      <c r="B37" s="56" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="53" t="s">
+      <c r="B37" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="47" t="s">
         <v>27</v>
       </c>
-      <c r="D37" s="54"/>
+      <c r="D37" s="48"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
-      <c r="G37" s="45"/>
-      <c r="H37" s="46"/>
+      <c r="G37" s="39"/>
+      <c r="H37" s="40"/>
       <c r="I37" s="33">
         <v>31</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="15"/>
       <c r="L37" s="28" t="s">
         <v>22</v>
       </c>
       <c r="M37" s="13"/>
       <c r="N37" s="14"/>
-      <c r="O37" s="45"/>
-      <c r="P37" s="46"/>
+      <c r="O37" s="39"/>
+      <c r="P37" s="40"/>
       <c r="Q37" s="35">
         <v>31</v>
       </c>
       <c r="R37" s="12" t="s">
         <v>19</v>
       </c>
       <c r="S37" s="31"/>
       <c r="T37" s="32" t="s">
         <v>22</v>
       </c>
       <c r="U37" s="13"/>
       <c r="V37" s="14"/>
-      <c r="W37" s="45"/>
-      <c r="X37" s="46"/>
+      <c r="W37" s="39"/>
+      <c r="X37" s="40"/>
       <c r="Y37" s="33">
         <v>31</v>
       </c>
       <c r="Z37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="AA37" s="15"/>
       <c r="AB37" s="28"/>
       <c r="AC37" s="33">
         <v>31</v>
       </c>
       <c r="AD37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AE37" s="15"/>
       <c r="AF37" s="3"/>
       <c r="AG37" s="13"/>
       <c r="AH37" s="14"/>
-      <c r="AI37" s="45"/>
-      <c r="AJ37" s="46"/>
+      <c r="AI37" s="39"/>
+      <c r="AJ37" s="40"/>
       <c r="AK37" s="34">
         <v>31</v>
       </c>
       <c r="AL37" s="11" t="s">
         <v>16</v>
       </c>
       <c r="AM37" s="29"/>
       <c r="AN37" s="30"/>
       <c r="AO37" s="13"/>
       <c r="AP37" s="14"/>
-      <c r="AQ37" s="45"/>
-      <c r="AR37" s="46"/>
+      <c r="AQ37" s="39"/>
+      <c r="AR37" s="40"/>
       <c r="AS37" s="33">
         <v>31</v>
       </c>
       <c r="AT37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="AU37" s="15"/>
       <c r="AV37" s="28"/>
     </row>
   </sheetData>
-  <mergeCells count="39">
-[...5 lines deleted...]
-    <mergeCell ref="U6:X6"/>
+  <mergeCells count="46">
     <mergeCell ref="Y6:AB6"/>
     <mergeCell ref="G37:H37"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="G36:H36"/>
     <mergeCell ref="O37:P37"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="G12:H12"/>
+    <mergeCell ref="O32:P32"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="E6:H6"/>
     <mergeCell ref="I6:L6"/>
+    <mergeCell ref="S16:T16"/>
     <mergeCell ref="M6:P6"/>
     <mergeCell ref="Q6:T6"/>
     <mergeCell ref="W37:X37"/>
     <mergeCell ref="S31:T31"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="G14:H14"/>
+    <mergeCell ref="U6:X6"/>
+    <mergeCell ref="S17:T17"/>
+    <mergeCell ref="S18:T18"/>
+    <mergeCell ref="S19:T19"/>
+    <mergeCell ref="S20:T20"/>
+    <mergeCell ref="S21:T21"/>
     <mergeCell ref="AQ37:AR37"/>
     <mergeCell ref="AI37:AJ37"/>
     <mergeCell ref="AM23:AN23"/>
     <mergeCell ref="AA9:AB9"/>
     <mergeCell ref="AA10:AB10"/>
     <mergeCell ref="AA11:AB11"/>
+    <mergeCell ref="AI10:AJ10"/>
+    <mergeCell ref="AI11:AJ11"/>
+    <mergeCell ref="AQ19:AR19"/>
+    <mergeCell ref="AQ20:AR20"/>
+    <mergeCell ref="AQ21:AR21"/>
+    <mergeCell ref="AI12:AJ12"/>
+    <mergeCell ref="AM22:AN22"/>
     <mergeCell ref="AS6:AV6"/>
     <mergeCell ref="AC6:AF6"/>
     <mergeCell ref="AG6:AJ6"/>
     <mergeCell ref="AK6:AN6"/>
     <mergeCell ref="AO6:AR6"/>
-    <mergeCell ref="AI10:AJ10"/>
-    <mergeCell ref="AI11:AJ11"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="AT1" r:id="rId1" display="© www.kalenderpedia.de" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="U28" r:id="rId2" display="http://www.kalenderpedia.de/" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.27559055118110237" bottom="0.27559055118110237" header="0.27559055118110237" footer="0.27559055118110237"/>
   <pageSetup paperSize="9" scale="75" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100DD7D1E127D74024AA7C35E8F5ACC3B72" ma:contentTypeVersion="21" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="b6fbf3dfd88f04b82cf50c911b776909">
-[...2 lines deleted...]
-    <xsd:import namespace="61642c47-aea8-401a-a1b9-f70e146aa0c2"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100EF6849FD25605C42B3411A65CD3DE047" ma:contentTypeVersion="22" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="3b4a46bd7f0d28e4117a7bc69705d939">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="86f1a591-7453-4fe5-92ac-8341a05513cf" xmlns:ns3="7ab66fd7-2fcd-4339-9930-d64e386a1733" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ad4a5e2e30932e4955c5c18b3904849c" ns2:_="" ns3:_="">
+    <xsd:import namespace="86f1a591-7453-4fe5-92ac-8341a05513cf"/>
+    <xsd:import namespace="7ab66fd7-2fcd-4339-9930-d64e386a1733"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:m7aa2674883f455cae96e89d73cb7650" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c0623821-50af-4891-8867-1e33d93bbfb4" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="86f1a591-7453-4fe5-92ac-8341a05513cf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxKeywordTaxHTField" ma:index="7" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Unternehmensstichwörter" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Unternehmensstichwörter" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="8" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{92b88ece-aa5d-4ec0-aca6-1632de471d1e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c0623821-50af-4891-8867-1e33d93bbfb4">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b764551d-6e17-48c2-a006-ee008579410d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="86f1a591-7453-4fe5-92ac-8341a05513cf">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="m7aa2674883f455cae96e89d73cb7650" ma:index="10" nillable="true" ma:taxonomy="true" ma:internalName="m7aa2674883f455cae96e89d73cb7650" ma:taxonomyFieldName="ManagedKeyword" ma:displayName="Verwaltetes Stichwort" ma:default="" ma:fieldId="{67aa2674-883f-455c-ae96-e89d73cb7650}" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="d5a49cda-06ce-400c-a7a4-cfdc8cb3f84e" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="m7aa2674883f455cae96e89d73cb7650" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="m7aa2674883f455cae96e89d73cb7650" ma:taxonomyFieldName="ManagedKeyword" ma:displayName="Verwaltetes Stichwort" ma:default="" ma:fieldId="{67aa2674-883f-455c-ae96-e89d73cb7650}" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="d5a49cda-06ce-400c-a7a4-cfdc8cb3f84e" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="23" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="24" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="61642c47-aea8-401a-a1b9-f70e146aa0c2" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ab66fd7-2fcd-4339-9930-d64e386a1733" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:description="" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:description="" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="15" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="19" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="20" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="25" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="27" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="144fb61b-df36-4279-b5a0-a523486caf07" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="25" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="28" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="29" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Titel"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5004,97 +5026,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="c0623821-50af-4891-8867-1e33d93bbfb4" xsi:nil="true"/>
-    <TaxKeywordTaxHTField xmlns="c0623821-50af-4891-8867-1e33d93bbfb4">
+    <TaxCatchAll xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </TaxKeywordTaxHTField>
-    <m7aa2674883f455cae96e89d73cb7650 xmlns="c0623821-50af-4891-8867-1e33d93bbfb4">
+    <m7aa2674883f455cae96e89d73cb7650 xmlns="86f1a591-7453-4fe5-92ac-8341a05513cf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </m7aa2674883f455cae96e89d73cb7650>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="61642c47-aea8-401a-a1b9-f70e146aa0c2">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7ab66fd7-2fcd-4339-9930-d64e386a1733">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EC57079-3BC8-438E-97E3-F5CEA9E976C2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BE1BDC8-71B7-4EEC-86F9-988709A5DA92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24DAE08B-9CD3-4CEB-9F2A-E2F88E90F3CE}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D368C91-2939-4EBC-85DA-0439D0920D42}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="86f1a591-7453-4fe5-92ac-8341a05513cf"/>
     <ds:schemaRef ds:uri="7ab66fd7-2fcd-4339-9930-d64e386a1733"/>
-    <ds:schemaRef ds:uri="c0623821-50af-4891-8867-1e33d93bbfb4"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -5112,41 +5123,41 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Kalender 2022</dc:title>
   <dc:subject/>
   <dc:creator>© Kalenderpedia®</dc:creator>
   <cp:keywords/>
   <dc:description>www.kalenderpedia.de - Informationen zum Kalender</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100DD7D1E127D74024AA7C35E8F5ACC3B72</vt:lpwstr>
+    <vt:lpwstr>0x010100EF6849FD25605C42B3411A65CD3DE047</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>45400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ManagedKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>