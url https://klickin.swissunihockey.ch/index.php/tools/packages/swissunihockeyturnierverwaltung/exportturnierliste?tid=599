--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Turnierteilnehmer" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Turnier</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
     <t>Vorname</t>
   </si>
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>Verein</t>
   </si>
   <si>
     <t>Team Name</t>
   </si>
   <si>
     <t>Bemerkungen</t>
   </si>
   <si>
@@ -189,50 +189,106 @@
     <t>075 412 06 66</t>
   </si>
   <si>
     <t>Joshua.steinmann@uhc-sursee.ch</t>
   </si>
   <si>
     <t>UHC Sursee JW 86'</t>
   </si>
   <si>
     <t>UHC Sursee F-Junioren weiss</t>
   </si>
   <si>
     <t>Sturzenegger</t>
   </si>
   <si>
     <t>Severin</t>
   </si>
   <si>
     <t>severinjws@gmail.com</t>
   </si>
   <si>
     <t>Zürisee Unihockey F2</t>
   </si>
   <si>
     <t>Zürisee F2</t>
+  </si>
+  <si>
+    <t>Billeter</t>
+  </si>
+  <si>
+    <t>Luca</t>
+  </si>
+  <si>
+    <t>0765003504</t>
+  </si>
+  <si>
+    <t>luca.billeter@bluewin.ch</t>
+  </si>
+  <si>
+    <t>Innebandy Zürich 11</t>
+  </si>
+  <si>
+    <t>Wir freuen uns am Turnier dabei zu sein!
+Ich bitte um eine Bestätigung, danke.
+Lg</t>
+  </si>
+  <si>
+    <t>Schenk-Greco</t>
+  </si>
+  <si>
+    <t>Astrid</t>
+  </si>
+  <si>
+    <t>0767611607</t>
+  </si>
+  <si>
+    <t>astrid.greco@googlemail.com</t>
+  </si>
+  <si>
+    <t>Power Wave Buochs</t>
+  </si>
+  <si>
+    <t>Power Wave Blau</t>
+  </si>
+  <si>
+    <t>Schmid</t>
+  </si>
+  <si>
+    <t>Roman</t>
+  </si>
+  <si>
+    <t>076 527 73 46</t>
+  </si>
+  <si>
+    <t>romanschmid@gmx.net</t>
+  </si>
+  <si>
+    <t>Unihockey Luzern</t>
+  </si>
+  <si>
+    <t>Unihockey Luzern F-Junioren</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -535,51 +591,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -777,50 +833,122 @@
       <c r="G9" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10">
         <v>41799553865</v>
       </c>
       <c r="E10" t="s">
         <v>56</v>
       </c>
       <c r="F10" t="s">
         <v>57</v>
       </c>
       <c r="G10" t="s">
         <v>58</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>75</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">